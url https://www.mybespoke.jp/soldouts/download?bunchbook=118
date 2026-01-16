--- v0 (2025-11-28)
+++ v1 (2026-01-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$192</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>LADIES EXTRACT</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>4/2</t>
   </si>
   <si>
     <t>3/17</t>
   </si>
   <si>
     <t>1/27</t>
   </si>
   <si>
     <t>12/14</t>
   </si>
   <si>
     <t>11/26</t>
   </si>
   <si>
@@ -170,90 +170,94 @@
     <t>12/22</t>
   </si>
   <si>
     <t>9/26</t>
   </si>
   <si>
     <t>10/17</t>
   </si>
   <si>
     <t>11/28</t>
   </si>
   <si>
     <t>10/31</t>
   </si>
   <si>
     <t>10/21</t>
   </si>
   <si>
     <t>10/28</t>
   </si>
   <si>
     <t>9/27</t>
   </si>
   <si>
     <t>9/6</t>
+  </si>
+  <si>
+    <t>12/3 一時品切れ
+25AW在庫品切れ 26AWとして再生産予定 再UP納期未定</t>
+  </si>
+  <si>
+    <t>●</t>
   </si>
   <si>
     <t>10/30</t>
   </si>
   <si>
     <t>12/21</t>
   </si>
   <si>
     <t>1/16</t>
   </si>
   <si>
     <t>8/17</t>
   </si>
   <si>
     <t>3/22</t>
   </si>
   <si>
     <t>11/18 一時品切れ
 25AW在庫品切れ 26AWとして再生産予定 再UP納期未定</t>
   </si>
   <si>
     <t>12/2</t>
   </si>
   <si>
     <t>2/5</t>
   </si>
   <si>
     <t>10/2</t>
   </si>
   <si>
     <t>10/6</t>
   </si>
   <si>
     <t>5/14</t>
   </si>
   <si>
     <t>1/15</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>12/26</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
@@ -1644,252 +1648,256 @@
       </c>
       <c r="C128" s="2"/>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="2">
         <v>28378</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C129" s="2"/>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="2">
         <v>8001</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C130" s="2"/>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="2">
         <v>8002</v>
       </c>
-      <c r="B131" s="2"/>
-      <c r="C131" s="2"/>
+      <c r="B131" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="2">
         <v>8003</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C132" s="2"/>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="2">
         <v>8004</v>
       </c>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="2">
         <v>8005</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C134" s="2"/>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="2">
         <v>8006</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C135" s="2"/>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="2">
         <v>8007</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C136" s="2"/>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="2">
         <v>8008</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C137" s="2"/>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="2">
         <v>8009</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C138" s="2"/>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="2">
         <v>8012</v>
       </c>
       <c r="B139" s="2"/>
       <c r="C139" s="2"/>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="2">
         <v>8013</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="2"/>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="2">
         <v>8014</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C141" s="2"/>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="2">
         <v>8015</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C142" s="2"/>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="2">
         <v>8016</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C143" s="2"/>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="2">
         <v>8017</v>
       </c>
       <c r="B144" s="2"/>
       <c r="C144" s="2"/>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="2">
         <v>8018</v>
       </c>
       <c r="B145" s="2"/>
       <c r="C145" s="2"/>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="2">
         <v>8019</v>
       </c>
       <c r="B146" s="2"/>
       <c r="C146" s="2"/>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="2">
         <v>8020</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C147" s="2"/>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="2">
         <v>8021</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C148" s="2"/>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="2">
         <v>8022</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C149" s="2"/>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="2">
         <v>8023</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C150" s="2"/>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="2">
         <v>8024</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C151" s="2"/>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="2">
         <v>8025</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C152" s="2"/>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="2">
         <v>8026</v>
       </c>
       <c r="B153" s="2"/>
       <c r="C153" s="2"/>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="2">
         <v>8027</v>
       </c>
       <c r="B154" s="2"/>
       <c r="C154" s="2"/>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="2">
         <v>8028</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C155" s="2"/>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="2">
         <v>8029</v>
       </c>
       <c r="B156" s="2"/>
       <c r="C156" s="2"/>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="2">
         <v>8030</v>
       </c>
       <c r="B157" s="2"/>
       <c r="C157" s="2"/>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="2">
         <v>8031</v>
       </c>
       <c r="B158" s="2"/>
       <c r="C158" s="2"/>
     </row>
     <row r="159" spans="1:3">
@@ -1907,258 +1915,252 @@
       <c r="C160" s="2"/>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="2">
         <v>8034</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C161" s="2"/>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="2">
         <v>8035</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C162" s="2"/>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="2">
         <v>8036</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C163" s="2"/>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="2">
         <v>8037</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C164" s="2"/>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="2">
         <v>8038</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C165" s="2"/>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="2">
         <v>8039</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C166" s="2"/>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="2">
         <v>8040</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="C167" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C167" s="2"/>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="2">
         <v>8041</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="C168" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C168" s="2"/>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="2">
         <v>8042</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="C169" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C169" s="2"/>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="2">
         <v>5001</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C170" s="2"/>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="2">
         <v>5002</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C171" s="2"/>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="2">
         <v>5003</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C172" s="2"/>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="2">
         <v>5004</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C173" s="2"/>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="2">
         <v>5005</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C174" s="2"/>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="2">
         <v>5006</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C175" s="2"/>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="2">
         <v>5007</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C176" s="2"/>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="2">
         <v>5008</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C177" s="2"/>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="2">
         <v>5009</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C178" s="2"/>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="2">
         <v>5010</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C179" s="2"/>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="2">
         <v>5011</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C180" s="2"/>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="2">
         <v>5012</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C181" s="2"/>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188"/>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>