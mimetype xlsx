--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$192</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>LADIES EXTRACT</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>4/2</t>
   </si>
   <si>
     <t>3/17</t>
   </si>
   <si>
     <t>1/27</t>
   </si>
   <si>
     <t>12/14</t>
   </si>
   <si>
     <t>11/26</t>
   </si>
   <si>
@@ -145,82 +145,86 @@
   <si>
     <t>10/1</t>
   </si>
   <si>
     <t>12/6</t>
   </si>
   <si>
     <t>10/11</t>
   </si>
   <si>
     <t>10/29</t>
   </si>
   <si>
     <t>1/24</t>
   </si>
   <si>
     <t>1/7</t>
   </si>
   <si>
     <t>11/18</t>
   </si>
   <si>
     <t>11/25</t>
   </si>
   <si>
+    <t>2/4 一時品切れ
+一時品切れ6月頭再UP予定</t>
+  </si>
+  <si>
     <t>12/22</t>
   </si>
   <si>
     <t>9/26</t>
+  </si>
+  <si>
+    <t>●</t>
   </si>
   <si>
     <t>10/17</t>
   </si>
   <si>
     <t>11/28</t>
   </si>
   <si>
     <t>10/31</t>
   </si>
   <si>
     <t>10/21</t>
   </si>
   <si>
     <t>10/28</t>
   </si>
   <si>
     <t>9/27</t>
   </si>
   <si>
     <t>9/6</t>
   </si>
   <si>
     <t>12/3 一時品切れ
 25AW在庫品切れ 26AWとして再生産予定 再UP納期未定</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>10/30</t>
   </si>
   <si>
     <t>12/21</t>
   </si>
   <si>
     <t>1/16</t>
   </si>
   <si>
     <t>8/17</t>
   </si>
   <si>
     <t>3/22</t>
   </si>
   <si>
     <t>11/18 一時品切れ
 25AW在庫品切れ 26AWとして再生産予定 再UP納期未定</t>
   </si>
   <si>
     <t>12/2</t>
   </si>
   <si>
     <t>2/5</t>
@@ -1367,51 +1371,53 @@
       <c r="B93" s="2" t="s">
         <v>41</v>
       </c>
       <c r="C93" s="2"/>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2">
         <v>18648</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C94" s="2"/>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2">
         <v>18649</v>
       </c>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2">
         <v>18670</v>
       </c>
-      <c r="B96" s="2"/>
+      <c r="B96" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="C96" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2">
         <v>18671</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2">
         <v>18672</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2">
         <v>18673</v>
       </c>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2">
@@ -1435,105 +1441,109 @@
       <c r="A102" s="2">
         <v>18680</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2">
         <v>18681</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2">
         <v>18687</v>
       </c>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2">
         <v>18688</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C105" s="2"/>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2">
         <v>18689</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C106" s="2"/>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2">
         <v>18690</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C107" s="2"/>
+      <c r="C107" s="2" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2">
         <v>18691</v>
       </c>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="2">
         <v>18692</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C109" s="2"/>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="2">
         <v>18693</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C110" s="2"/>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2">
         <v>18694</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="C111" s="2"/>
+        <v>49</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2">
         <v>28360</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2">
         <v>28361</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="2">
         <v>28362</v>
       </c>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="2">
         <v>28364</v>
@@ -1554,60 +1564,60 @@
       </c>
       <c r="B117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C117" s="2"/>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="2">
         <v>28367</v>
       </c>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="2">
         <v>28368</v>
       </c>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="2">
         <v>28369</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C120" s="2"/>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="2">
         <v>28370</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C121" s="2"/>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="2">
         <v>28371</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2"/>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="2">
         <v>28372</v>
       </c>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="2">
         <v>28373</v>
       </c>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
@@ -1622,282 +1632,280 @@
       <c r="C125" s="2"/>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="2">
         <v>28375</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C126" s="2"/>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="2">
         <v>28376</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C127" s="2"/>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="2">
         <v>28377</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C128" s="2"/>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="2">
         <v>28378</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C129" s="2"/>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="2">
         <v>8001</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C130" s="2"/>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="2">
         <v>8002</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="C131" s="2"/>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="2">
         <v>8003</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C132" s="2"/>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="2">
         <v>8004</v>
       </c>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="2">
         <v>8005</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C134" s="2"/>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="2">
         <v>8006</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C135" s="2"/>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="2">
         <v>8007</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C136" s="2"/>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="2">
         <v>8008</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C137" s="2"/>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="2">
         <v>8009</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C138" s="2"/>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="2">
         <v>8012</v>
       </c>
       <c r="B139" s="2"/>
       <c r="C139" s="2"/>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="2">
         <v>8013</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="2"/>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="2">
         <v>8014</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C141" s="2"/>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="2">
         <v>8015</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C142" s="2"/>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="2">
         <v>8016</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C143" s="2"/>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="2">
         <v>8017</v>
       </c>
       <c r="B144" s="2"/>
       <c r="C144" s="2"/>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="2">
         <v>8018</v>
       </c>
       <c r="B145" s="2"/>
       <c r="C145" s="2"/>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="2">
         <v>8019</v>
       </c>
       <c r="B146" s="2"/>
       <c r="C146" s="2"/>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="2">
         <v>8020</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C147" s="2"/>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="2">
         <v>8021</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C148" s="2"/>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="2">
         <v>8022</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C149" s="2"/>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="2">
         <v>8023</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C150" s="2"/>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="2">
         <v>8024</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C151" s="2"/>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="2">
         <v>8025</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C152" s="2"/>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="2">
         <v>8026</v>
       </c>
       <c r="B153" s="2"/>
       <c r="C153" s="2"/>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="2">
         <v>8027</v>
       </c>
       <c r="B154" s="2"/>
       <c r="C154" s="2"/>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="2">
         <v>8028</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C155" s="2"/>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="2">
         <v>8029</v>
       </c>
       <c r="B156" s="2"/>
       <c r="C156" s="2"/>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="2">
         <v>8030</v>
       </c>
       <c r="B157" s="2"/>
       <c r="C157" s="2"/>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="2">
         <v>8031</v>
       </c>
       <c r="B158" s="2"/>
       <c r="C158" s="2"/>
     </row>
     <row r="159" spans="1:3">
@@ -1915,252 +1923,252 @@
       <c r="C160" s="2"/>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="2">
         <v>8034</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C161" s="2"/>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="2">
         <v>8035</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C162" s="2"/>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="2">
         <v>8036</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C163" s="2"/>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="2">
         <v>8037</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C164" s="2"/>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="2">
         <v>8038</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C165" s="2"/>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="2">
         <v>8039</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C166" s="2"/>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="2">
         <v>8040</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C167" s="2"/>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="2">
         <v>8041</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C168" s="2"/>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="2">
         <v>8042</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C169" s="2"/>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="2">
         <v>5001</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C170" s="2"/>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="2">
         <v>5002</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C171" s="2"/>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="2">
         <v>5003</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C172" s="2"/>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="2">
         <v>5004</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C173" s="2"/>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="2">
         <v>5005</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C174" s="2"/>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="2">
         <v>5006</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C175" s="2"/>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="2">
         <v>5007</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C176" s="2"/>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="2">
         <v>5008</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C177" s="2"/>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="2">
         <v>5009</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C178" s="2"/>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="2">
         <v>5010</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C179" s="2"/>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="2">
         <v>5011</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C180" s="2"/>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="2">
         <v>5012</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C181" s="2"/>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188"/>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>