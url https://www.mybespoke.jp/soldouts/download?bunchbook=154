--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$188</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>LADIES EXTRACT</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>3/14</t>
   </si>
   <si>
     <t>4/4</t>
   </si>
   <si>
     <t>6/6</t>
   </si>
   <si>
     <t>5/20</t>
   </si>
   <si>
     <t>7/19</t>
   </si>
   <si>
@@ -154,54 +154,57 @@
   <si>
     <t>4/15</t>
   </si>
   <si>
     <t>4/26</t>
   </si>
   <si>
     <t>6/13</t>
   </si>
   <si>
     <t>7/8</t>
   </si>
   <si>
     <t>5/9</t>
   </si>
   <si>
     <t>6/27</t>
   </si>
   <si>
     <t>3/25</t>
   </si>
   <si>
     <t>5/30</t>
   </si>
   <si>
+    <t>2/3</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>6/30</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>7/13</t>
   </si>
   <si>
     <t>8/10</t>
   </si>
   <si>
     <t>5/24</t>
   </si>
   <si>
     <t>5/23</t>
   </si>
   <si>
     <t>2/15</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
@@ -1787,116 +1790,118 @@
         <v>19092</v>
       </c>
       <c r="B151" s="2"/>
       <c r="C151" s="2"/>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="2">
         <v>19093</v>
       </c>
       <c r="B152" s="2"/>
       <c r="C152" s="2"/>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="2">
         <v>19094</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C153" s="2"/>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="2">
         <v>19095</v>
       </c>
-      <c r="B154" s="2"/>
-      <c r="C154" s="2"/>
+      <c r="B154" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="2">
         <v>19096</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="C155" s="2"/>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="2">
         <v>19097</v>
       </c>
       <c r="B156" s="2"/>
       <c r="C156" s="2"/>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="2">
         <v>19098</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C157" s="2"/>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="2">
         <v>19099</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C158" s="2"/>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="2">
         <v>29335</v>
       </c>
       <c r="B159" s="2"/>
       <c r="C159" s="2"/>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="2">
         <v>29336</v>
       </c>
       <c r="B160" s="2"/>
       <c r="C160" s="2"/>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="2">
         <v>29337</v>
       </c>
       <c r="B161" s="2"/>
       <c r="C161" s="2"/>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="2">
         <v>29338</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C162" s="2"/>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="2">
         <v>29341</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C163" s="2"/>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="2">
         <v>29342</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C164" s="2"/>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="2">
         <v>29343</v>
       </c>
@@ -1925,138 +1930,138 @@
       <c r="A168" s="2">
         <v>29346</v>
       </c>
       <c r="B168" s="2"/>
       <c r="C168" s="2"/>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="2">
         <v>29360</v>
       </c>
       <c r="B169" s="2"/>
       <c r="C169" s="2"/>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="2">
         <v>29361</v>
       </c>
       <c r="B170" s="2"/>
       <c r="C170" s="2"/>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="2">
         <v>29362</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C171" s="2"/>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="2">
         <v>29374</v>
       </c>
       <c r="B172" s="2"/>
       <c r="C172" s="2"/>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="2">
         <v>29375</v>
       </c>
       <c r="B173" s="2"/>
       <c r="C173" s="2"/>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="2">
         <v>29376</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C174" s="2"/>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="2">
         <v>29377</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C175" s="2"/>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="2">
         <v>29379</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C176" s="2"/>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="2">
         <v>29380</v>
       </c>
       <c r="B177" s="2"/>
       <c r="C177" s="2"/>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184"/>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>