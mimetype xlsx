--- v0 (2025-11-05)
+++ v1 (2026-03-04)
@@ -14,155 +14,172 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$108</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Nº4 SUIT SUGGESTION</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>2/9</t>
   </si>
   <si>
     <t>12/12</t>
   </si>
   <si>
     <t>11/9</t>
   </si>
   <si>
     <t>12/23</t>
   </si>
   <si>
     <t>12/27</t>
   </si>
   <si>
     <t>12/20</t>
   </si>
   <si>
     <t>2/13</t>
   </si>
   <si>
     <t>10/21</t>
   </si>
   <si>
     <t>2/7</t>
   </si>
   <si>
     <t>10/24</t>
   </si>
   <si>
     <t>3/14</t>
   </si>
   <si>
+    <t>1/19</t>
+  </si>
+  <si>
     <t>11/29</t>
   </si>
   <si>
+    <t>1/19 一時品切れ
+一時品切れ6月頭再UP予定</t>
+  </si>
+  <si>
     <t>11/18</t>
   </si>
   <si>
     <t>11/7</t>
   </si>
   <si>
     <t>12/16</t>
   </si>
   <si>
     <t>1/16</t>
   </si>
   <si>
     <t>12/2</t>
   </si>
   <si>
     <t>11/2</t>
   </si>
   <si>
     <t>11/14</t>
   </si>
   <si>
     <t>10/17</t>
   </si>
   <si>
     <t>12/5</t>
   </si>
   <si>
     <t>11/21</t>
   </si>
   <si>
+    <t>2/4 一時品切れ
+一時品切れ6月頭再UP予定</t>
+  </si>
+  <si>
     <t>11/16</t>
   </si>
   <si>
     <t>2/15</t>
   </si>
   <si>
     <t>10/27</t>
   </si>
   <si>
     <t>11/4</t>
   </si>
   <si>
     <t>12/22</t>
   </si>
   <si>
     <t>9/26</t>
   </si>
   <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>11/28</t>
   </si>
   <si>
     <t>10/31</t>
   </si>
   <si>
     <t>6/27</t>
   </si>
   <si>
-    <t>●</t>
+    <t>2/3</t>
+  </si>
+  <si>
+    <t>11/25</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -812,549 +829,561 @@
         <v>10436</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>10437</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>10438</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>10439</v>
       </c>
-      <c r="B41" s="2"/>
+      <c r="B41" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>10440</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>10441</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>10442</v>
       </c>
-      <c r="B44" s="2"/>
+      <c r="B44" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>10443</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>10444</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>10445</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>10499</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>10500</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>10501</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>10446</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>10447</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>10448</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>10449</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>10450</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>10502</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>10451</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>10452</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>10453</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>10456</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>10457</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>10458</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>10459</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>10460</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>10461</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>10462</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>10463</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>10464</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>10465</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>10466</v>
       </c>
-      <c r="B70" s="2"/>
+      <c r="B70" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>10467</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>10468</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>10469</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>10470</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>10471</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>10472</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>10473</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>10474</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>10475</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>10476</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2">
         <v>10477</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C81" s="2"/>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2">
         <v>10478</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C82" s="2"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>10479</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C83" s="2"/>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2">
         <v>10480</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2">
         <v>10481</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C85" s="2"/>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2">
         <v>10482</v>
       </c>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2">
         <v>10487</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C87" s="2"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2">
         <v>10488</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C88" s="2"/>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2">
         <v>10489</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="C89" s="2"/>
+        <v>17</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2">
         <v>10490</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2">
         <v>10492</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C91" s="2"/>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2">
         <v>10493</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="C92" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2">
         <v>10494</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="C93" s="2"/>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2">
         <v>10495</v>
       </c>
-      <c r="B94" s="2"/>
+      <c r="B94" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="C94" s="2"/>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2">
         <v>10496</v>
       </c>
-      <c r="B95" s="2"/>
+      <c r="B95" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="C95" s="2"/>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2">
         <v>10497</v>
       </c>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2">
         <v>10498</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104"/>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>