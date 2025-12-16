--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -46,114 +46,114 @@
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>1/27</t>
   </si>
   <si>
     <t>11/14</t>
   </si>
   <si>
     <t>10/14</t>
   </si>
   <si>
     <t>2/13</t>
   </si>
   <si>
     <t>11/18</t>
   </si>
   <si>
     <t>11/9</t>
   </si>
   <si>
     <t>4/2</t>
   </si>
   <si>
+    <t>1/6</t>
+  </si>
+  <si>
+    <t>9/26</t>
+  </si>
+  <si>
+    <t>12/19</t>
+  </si>
+  <si>
+    <t>10/24</t>
+  </si>
+  <si>
+    <t>9/16</t>
+  </si>
+  <si>
+    <t>10/19</t>
+  </si>
+  <si>
+    <t>11/17</t>
+  </si>
+  <si>
+    <t>12/12</t>
+  </si>
+  <si>
+    <t>10/11</t>
+  </si>
+  <si>
+    <t>11/29</t>
+  </si>
+  <si>
+    <t>9/30</t>
+  </si>
+  <si>
+    <t>10/27</t>
+  </si>
+  <si>
+    <t>1/31</t>
+  </si>
+  <si>
+    <t>11/2</t>
+  </si>
+  <si>
+    <t>11/21</t>
+  </si>
+  <si>
+    <t>1/11</t>
+  </si>
+  <si>
+    <t>10/21</t>
+  </si>
+  <si>
+    <t>1/18</t>
+  </si>
+  <si>
+    <t>11/24</t>
+  </si>
+  <si>
+    <t>1/25</t>
+  </si>
+  <si>
+    <t>1/16</t>
+  </si>
+  <si>
     <t>●</t>
-  </si>
-[...61 lines deleted...]
-    <t>1/16</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -626,103 +626,97 @@
       <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>20912</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>20913</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>20914</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C17" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>20915</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>20916</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="C19" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>20917</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>20918</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>20919</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>20920</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>20921</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>20922</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>20923</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
@@ -757,492 +751,494 @@
       <c r="A31" s="2">
         <v>20928</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>20929</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>20930</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>20931</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>20932</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>20933</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>20934</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>20935</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>20936</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>20937</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>20938</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>20939</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>20940</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>20941</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>20942</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>20943</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>20944</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>20945</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>20946</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>20947</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>20948</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>20949</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>20950</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>20951</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>20952</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>20953</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>20954</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>20955</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>20956</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>20957</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>20958</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>20959</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>20961</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>20962</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>20963</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>20964</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>20965</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>20966</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>20967</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>20968</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>20969</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>20970</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>20971</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>20972</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>20973</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>20974</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>20975</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>20976</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>20977</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>20978</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2">
         <v>20979</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C81" s="2"/>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2">
         <v>20980</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C82" s="2"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>20981</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C83" s="2"/>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2">
         <v>20982</v>
       </c>
       <c r="B84" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C84" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2">
         <v>20983</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2">
         <v>20984</v>
       </c>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2">
         <v>20985</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2">
         <v>20986</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2">
         <v>20987</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C89" s="2"/>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
         <v>35</v>
       </c>