--- v1 (2025-12-16)
+++ v2 (2026-03-04)
@@ -106,54 +106,54 @@
   <si>
     <t>1/31</t>
   </si>
   <si>
     <t>11/2</t>
   </si>
   <si>
     <t>11/21</t>
   </si>
   <si>
     <t>1/11</t>
   </si>
   <si>
     <t>10/21</t>
   </si>
   <si>
     <t>1/18</t>
   </si>
   <si>
     <t>11/24</t>
   </si>
   <si>
     <t>1/25</t>
   </si>
   <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>1/16</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -1139,71 +1139,71 @@
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>20978</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2">
         <v>20979</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="2"/>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2">
         <v>20980</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C82" s="2"/>
+      <c r="C82" s="2" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>20981</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C83" s="2"/>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2">
         <v>20982</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="C84" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2">
         <v>20983</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2">
         <v>20984</v>
       </c>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2">
         <v>20985</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2">
         <v>20986</v>