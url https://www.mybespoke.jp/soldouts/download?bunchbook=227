--- v0 (2025-12-15)
+++ v1 (2026-03-12)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$83</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Nº1 SUIT FRATELLI TALLIA DI DELFINO</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>12/4</t>
   </si>
   <si>
     <t>1/5</t>
   </si>
   <si>
     <t>12/14</t>
   </si>
   <si>
     <t>12/26</t>
   </si>
   <si>
     <t>10/6</t>
   </si>
   <si>
@@ -84,50 +84,53 @@
   </si>
   <si>
     <t>12/27</t>
   </si>
   <si>
     <t>2/16</t>
   </si>
   <si>
     <t>3/7</t>
   </si>
   <si>
     <t>2/20</t>
   </si>
   <si>
     <t>2/27</t>
   </si>
   <si>
     <t>11/30</t>
   </si>
   <si>
     <t>12/8</t>
   </si>
   <si>
     <t>11/11 一時品切れ
 現在庫品切れ 再生産予定 再UP納期未定</t>
+  </si>
+  <si>
+    <t>1/21</t>
   </si>
   <si>
     <t>●</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
@@ -989,139 +992,141 @@
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>42860</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>42861</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>42862</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="C65" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>42863</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>42864</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>42865</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>42866</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>42867</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>42868</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>42869</v>
       </c>
-      <c r="B72" s="2"/>
-      <c r="C72" s="2"/>
+      <c r="B72" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>