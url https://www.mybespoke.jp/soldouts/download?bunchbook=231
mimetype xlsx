--- v0 (2025-12-15)
+++ v1 (2026-03-12)
@@ -14,95 +14,98 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$104</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Nº6 JACKET&amp;TROUSERS</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>11/10</t>
   </si>
   <si>
     <t>10/27</t>
   </si>
   <si>
     <t>3/14</t>
   </si>
   <si>
     <t>10/30</t>
   </si>
   <si>
     <t>12/15</t>
   </si>
   <si>
     <t>12/25</t>
   </si>
   <si>
     <t>12/22</t>
   </si>
   <si>
     <t>2/22</t>
   </si>
   <si>
     <t>1/19</t>
   </si>
   <si>
     <t>2/7</t>
   </si>
   <si>
     <t>11/1</t>
   </si>
   <si>
     <t>12/5</t>
+  </si>
+  <si>
+    <t>1/5</t>
   </si>
   <si>
     <t>●</t>
   </si>
   <si>
     <t>3/21</t>
   </si>
   <si>
     <t>11/21</t>
   </si>
   <si>
     <t>11/27</t>
   </si>
   <si>
     <t>12/1</t>
   </si>
   <si>
     <t>11/8</t>
   </si>
   <si>
     <t>11/6</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
@@ -995,83 +998,85 @@
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>22765</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>22766</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>22767</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C70" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>22768</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>22769</v>
       </c>
-      <c r="B72" s="2"/>
-      <c r="C72" s="2"/>
+      <c r="B72" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>22770</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>22773</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>22774</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>22775</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>22776</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
@@ -1106,158 +1111,158 @@
       <c r="A82" s="2">
         <v>22781</v>
       </c>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>22782</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2">
         <v>22783</v>
       </c>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2">
         <v>22784</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C85" s="2"/>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2">
         <v>22785</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C86" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2">
         <v>22786</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2">
         <v>22787</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2">
         <v>22788</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C89" s="2"/>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2">
         <v>22789</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C90" s="2"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2">
         <v>22790</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C91" s="2"/>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2">
         <v>22791</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C92" s="2"/>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2">
         <v>22792</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C93" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>