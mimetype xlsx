--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -14,101 +14,104 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$103</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Nº1 SUIT FRATELLI TALLIA DI DELFINO</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>4/30</t>
   </si>
   <si>
     <t>7/12</t>
   </si>
   <si>
     <t>6/24</t>
   </si>
   <si>
     <t>7/22</t>
   </si>
   <si>
     <t>7/19</t>
   </si>
   <si>
     <t>7/10</t>
   </si>
   <si>
     <t>8/9</t>
   </si>
   <si>
     <t>7/23</t>
   </si>
   <si>
     <t>6/3</t>
   </si>
   <si>
     <t>7/25</t>
   </si>
   <si>
     <t>6/13</t>
   </si>
   <si>
+    <t>1/21</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>3/21</t>
   </si>
   <si>
     <t>8/19</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -874,73 +877,77 @@
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>43756</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>43757</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>43758</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>43759</v>
       </c>
-      <c r="B57" s="2"/>
-      <c r="C57" s="2"/>
+      <c r="B57" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>43760</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>43761</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>43762</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>43763</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>43764</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>43765</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
@@ -1089,127 +1096,125 @@
       <c r="A84" s="2">
         <v>43792</v>
       </c>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2">
         <v>43793</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2">
         <v>43794</v>
       </c>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2">
         <v>43795</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="C87" s="2"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2">
         <v>43796</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2">
         <v>43797</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2">
         <v>43798</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2">
         <v>43799</v>
       </c>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2">
         <v>43800</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99"/>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>