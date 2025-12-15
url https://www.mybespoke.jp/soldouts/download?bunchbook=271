--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$110</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Nº4 SUIT SUGGESTION</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>7/12</t>
   </si>
   <si>
     <t>7/16</t>
   </si>
   <si>
     <t>6/27</t>
   </si>
   <si>
     <t>5/2</t>
   </si>
   <si>
     <t>7/5</t>
   </si>
   <si>
@@ -79,51 +79,57 @@
   <si>
     <t>9/20</t>
   </si>
   <si>
     <t>6/3</t>
   </si>
   <si>
     <t>6/21</t>
   </si>
   <si>
     <t>4/12</t>
   </si>
   <si>
     <t>4/19</t>
   </si>
   <si>
     <t>6/24</t>
   </si>
   <si>
     <t>8/20</t>
   </si>
   <si>
     <t>6/11</t>
   </si>
   <si>
+    <t>12/10</t>
+  </si>
+  <si>
     <t>●</t>
+  </si>
+  <si>
+    <t>11/25</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -1101,52 +1107,56 @@
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>13780</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="2"/>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2">
         <v>13781</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2">
         <v>13782</v>
       </c>
-      <c r="B85" s="2"/>
-      <c r="C85" s="2"/>
+      <c r="B85" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2">
         <v>13783</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2">
         <v>13784</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2">
         <v>13785</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C88" s="2"/>
@@ -1184,114 +1194,114 @@
     <row r="93" spans="1:3">
       <c r="A93" s="2">
         <v>13791</v>
       </c>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2">
         <v>13792</v>
       </c>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2">
         <v>13793</v>
       </c>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2">
         <v>13794</v>
       </c>
-      <c r="B96" s="2"/>
+      <c r="B96" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="C96" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2">
         <v>13795</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2">
         <v>13796</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2">
         <v>13797</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C99" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C99" s="2"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106"/>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>