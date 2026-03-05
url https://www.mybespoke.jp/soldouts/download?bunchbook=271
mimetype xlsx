--- v1 (2025-12-15)
+++ v2 (2026-03-05)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$110</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>Nº4 SUIT SUGGESTION</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>7/12</t>
   </si>
   <si>
     <t>7/16</t>
   </si>
   <si>
     <t>6/27</t>
   </si>
   <si>
     <t>5/2</t>
   </si>
   <si>
     <t>7/5</t>
   </si>
   <si>
@@ -82,54 +82,57 @@
   <si>
     <t>6/3</t>
   </si>
   <si>
     <t>6/21</t>
   </si>
   <si>
     <t>4/12</t>
   </si>
   <si>
     <t>4/19</t>
   </si>
   <si>
     <t>6/24</t>
   </si>
   <si>
     <t>8/20</t>
   </si>
   <si>
     <t>6/11</t>
   </si>
   <si>
     <t>12/10</t>
   </si>
   <si>
+    <t>11/25</t>
+  </si>
+  <si>
+    <t>2/3</t>
+  </si>
+  <si>
     <t>●</t>
-  </si>
-[...1 lines deleted...]
-    <t>11/25</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -1110,53 +1113,51 @@
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>13780</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="2"/>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2">
         <v>13781</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2">
         <v>13782</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C85" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C85" s="2"/>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2">
         <v>13783</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2">
         <v>13784</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2">
         <v>13785</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C88" s="2"/>
@@ -1195,113 +1196,117 @@
       <c r="A93" s="2">
         <v>13791</v>
       </c>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2">
         <v>13792</v>
       </c>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2">
         <v>13793</v>
       </c>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2">
         <v>13794</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C96" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2">
         <v>13795</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2">
         <v>13796</v>
       </c>
-      <c r="B98" s="2"/>
-      <c r="C98" s="2"/>
+      <c r="B98" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2">
         <v>13797</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C99" s="2"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106"/>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>