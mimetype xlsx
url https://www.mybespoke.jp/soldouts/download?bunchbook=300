--- v0 (2025-10-14)
+++ v1 (2026-01-29)
@@ -14,92 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$82</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Nº1 SUIT FRATELLI TALLIA DI DELFINO</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>11/22</t>
   </si>
   <si>
     <t>1/10</t>
   </si>
   <si>
     <t>10/21</t>
   </si>
   <si>
     <t>1/6</t>
   </si>
   <si>
     <t>12/24</t>
   </si>
   <si>
     <t>9/6</t>
   </si>
   <si>
     <t>9/13</t>
   </si>
   <si>
     <t>3/28</t>
   </si>
   <si>
+    <t>9/27</t>
+  </si>
+  <si>
+    <t>2/28</t>
+  </si>
+  <si>
+    <t>1/21</t>
+  </si>
+  <si>
     <t>●</t>
-  </si>
-[...4 lines deleted...]
-    <t>2/28</t>
   </si>
   <si>
     <t>2/17</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
@@ -703,183 +706,185 @@
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>44130</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>44131</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>44132</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="C35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>44133</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>44134</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>44135</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>44136</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>44137</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>44138</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>44139</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>44140</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>44141</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>44142</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>44143</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>44144</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>44145</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>44146</v>
       </c>
-      <c r="B49" s="2"/>
-      <c r="C49" s="2"/>
+      <c r="B49" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>44148</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>44150</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>44151</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>44152</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>44153</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>44154</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>44155</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
@@ -967,84 +972,84 @@
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>44168</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>44169</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>44170</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>