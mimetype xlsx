--- v0 (2025-10-14)
+++ v1 (2026-01-29)
@@ -28,87 +28,87 @@
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$88</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Nº3 SUIT ITALIAN CONTEMPORARY</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>2/7</t>
   </si>
   <si>
+    <t>10/30</t>
+  </si>
+  <si>
+    <t>1/10</t>
+  </si>
+  <si>
+    <t>11/28</t>
+  </si>
+  <si>
+    <t>1/27</t>
+  </si>
+  <si>
+    <t>11/25</t>
+  </si>
+  <si>
+    <t>10/18</t>
+  </si>
+  <si>
+    <t>11/22</t>
+  </si>
+  <si>
+    <t>10/29</t>
+  </si>
+  <si>
+    <t>12/25</t>
+  </si>
+  <si>
+    <t>12/16</t>
+  </si>
+  <si>
+    <t>1/6</t>
+  </si>
+  <si>
+    <t>1/17</t>
+  </si>
+  <si>
     <t>●</t>
-  </si>
-[...34 lines deleted...]
-    <t>1/17</t>
   </si>
   <si>
     <t>11/6</t>
   </si>
   <si>
     <t>10/17</t>
   </si>
   <si>
     <t>12/23</t>
   </si>
   <si>
     <t>2/3</t>
   </si>
   <si>
     <t>10/28</t>
   </si>
   <si>
     <t>9/2</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
@@ -538,289 +538,291 @@
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2">
         <v>54905</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2">
         <v>54906</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2">
         <v>54907</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C10" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C10" s="2"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2">
         <v>54909</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>54910</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>54911</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>54912</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>54913</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>54914</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>54915</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>54916</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>54917</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>54918</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>54919</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>54920</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>54921</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>54922</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>54924</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>54925</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>54926</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>54929</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>54930</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>54931</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>54932</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>54933</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>54936</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>54937</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>54938</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>54939</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>54940</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>54941</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>54942</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>54943</v>
       </c>
-      <c r="B40" s="2"/>
-      <c r="C40" s="2"/>
+      <c r="B40" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>54944</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>54945</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>54946</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>54947</v>
@@ -859,51 +861,51 @@
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>54952</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>54953</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>54954</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>54955</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>54956</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>54957</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
@@ -926,51 +928,51 @@
       </c>
       <c r="B57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>54961</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>54962</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>54963</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>54964</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>54965</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>54966</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
@@ -1020,53 +1022,51 @@
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>54973</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>54974</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>54975</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C72" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>54976</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>54977</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>54978</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>54979</v>