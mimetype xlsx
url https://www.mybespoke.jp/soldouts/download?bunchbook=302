--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -58,57 +58,57 @@
   <si>
     <t>11/28</t>
   </si>
   <si>
     <t>1/27</t>
   </si>
   <si>
     <t>11/25</t>
   </si>
   <si>
     <t>10/18</t>
   </si>
   <si>
     <t>11/22</t>
   </si>
   <si>
     <t>10/29</t>
   </si>
   <si>
     <t>12/25</t>
   </si>
   <si>
     <t>12/16</t>
   </si>
   <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>1/6</t>
   </si>
   <si>
     <t>1/17</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>11/6</t>
   </si>
   <si>
     <t>10/17</t>
   </si>
   <si>
     <t>12/23</t>
   </si>
   <si>
     <t>2/3</t>
   </si>
   <si>
     <t>10/28</t>
   </si>
   <si>
     <t>9/2</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
@@ -742,87 +742,87 @@
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>54937</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>54938</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>54939</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C36" s="2"/>
+      <c r="C36" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>54940</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>54941</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>54942</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>54943</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>54944</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>54945</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>54946</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>54947</v>