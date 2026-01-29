--- v0 (2025-10-14)
+++ v1 (2026-01-29)
@@ -14,104 +14,110 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$104</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Nº6 JACKET&amp;TROUSERS</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>11/7</t>
   </si>
   <si>
     <t>11/29</t>
   </si>
   <si>
     <t>11/25</t>
   </si>
   <si>
     <t>3/17</t>
   </si>
   <si>
+    <t>1/31</t>
+  </si>
+  <si>
+    <t>12/9</t>
+  </si>
+  <si>
+    <t>12/23</t>
+  </si>
+  <si>
+    <t>12/19</t>
+  </si>
+  <si>
+    <t>11/22</t>
+  </si>
+  <si>
+    <t>9/27</t>
+  </si>
+  <si>
+    <t>12/12</t>
+  </si>
+  <si>
+    <t>10/16</t>
+  </si>
+  <si>
+    <t>2/7</t>
+  </si>
+  <si>
+    <t>12/10</t>
+  </si>
+  <si>
+    <t>12/5</t>
+  </si>
+  <si>
+    <t>1/5</t>
+  </si>
+  <si>
     <t>●</t>
-  </si>
-[...28 lines deleted...]
-    <t>12/10</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -641,53 +647,51 @@
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>24021</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>24022</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>24023</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="C26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>24024</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>24025</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>24026</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>24027</v>
@@ -706,51 +710,51 @@
       <c r="A32" s="2">
         <v>24029</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>24030</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>24032</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>24034</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>24035</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>24036</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>24033</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
@@ -792,265 +796,265 @@
       <c r="A44" s="2">
         <v>24042</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>24043</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>24044</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>24045</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>24046</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>24047</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>24048</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>24049</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>24050</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>24051</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>24052</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>24053</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>24054</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>24055</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>24056</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>24057</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>24058</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>24059</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>24060</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>24061</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>24062</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>24063</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>24065</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>24066</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>24067</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>24068</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>24069</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>24070</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>24071</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>24072</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>24073</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>24074</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>24076</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>24077</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>24078</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
@@ -1070,66 +1074,72 @@
     <row r="81" spans="1:3">
       <c r="A81" s="2">
         <v>24081</v>
       </c>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2">
         <v>24082</v>
       </c>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>24083</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="2">
         <v>24092</v>
       </c>
-      <c r="B84" s="2"/>
+      <c r="B84" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="C84" s="2"/>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="2">
         <v>24093</v>
       </c>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="2">
         <v>24094</v>
       </c>
-      <c r="B86" s="2"/>
-      <c r="C86" s="2"/>
+      <c r="B86" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="2">
         <v>24084</v>
       </c>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="2">
         <v>24085</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="2">
         <v>24086</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2">
         <v>24087</v>
@@ -1138,84 +1148,84 @@
       <c r="C90" s="2"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2">
         <v>24088</v>
       </c>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2">
         <v>24089</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2">
         <v>24091</v>
       </c>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>