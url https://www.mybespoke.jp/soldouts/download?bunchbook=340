--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -14,92 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$119</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>Nº4 SUIT SUGGESTION</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>7/4</t>
   </si>
   <si>
     <t>8/29</t>
   </si>
   <si>
+    <t>7/14</t>
+  </si>
+  <si>
+    <t>7/18</t>
+  </si>
+  <si>
+    <t>8/5</t>
+  </si>
+  <si>
+    <t>5/19</t>
+  </si>
+  <si>
+    <t>4/25</t>
+  </si>
+  <si>
+    <t>6/13</t>
+  </si>
+  <si>
+    <t>6/9</t>
+  </si>
+  <si>
+    <t>5/26</t>
+  </si>
+  <si>
+    <t>11/25</t>
+  </si>
+  <si>
     <t>●</t>
-  </si>
-[...22 lines deleted...]
-    <t>5/26</t>
   </si>
   <si>
     <t>6/27</t>
   </si>
   <si>
     <t>4/11</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
@@ -596,104 +599,102 @@
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>15316</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>15317</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>15318</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="C21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>15319</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>15320</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>15321</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>15322</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>15323</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>15324</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>15325</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>15326</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>15327</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>15328</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
@@ -980,74 +981,74 @@
       <c r="A72" s="2">
         <v>15370</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>15371</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>15372</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>15373</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>15374</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>15375</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>15377</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>15378</v>
       </c>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>15379</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2">
         <v>15380</v>
       </c>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
     </row>
     <row r="82" spans="1:3">
@@ -1103,212 +1104,216 @@
       <c r="A89" s="2">
         <v>15390</v>
       </c>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="2">
         <v>15391</v>
       </c>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2">
         <v>15392</v>
       </c>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2">
         <v>15393</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C92" s="2"/>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2">
         <v>15394</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C93" s="2"/>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="2">
         <v>15395</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C94" s="2"/>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="2">
         <v>15396</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C95" s="2"/>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="2">
         <v>15397</v>
       </c>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2">
         <v>15398</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2">
         <v>15399</v>
       </c>
-      <c r="B98" s="2"/>
-      <c r="C98" s="2"/>
+      <c r="B98" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2">
         <v>15400</v>
       </c>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2">
         <v>15401</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2">
         <v>15402</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C101" s="2"/>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2">
         <v>15403</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2">
         <v>15404</v>
       </c>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2">
         <v>15405</v>
       </c>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2">
         <v>15406</v>
       </c>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2">
         <v>15407</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2">
         <v>15409</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C107" s="2"/>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2">
         <v>15410</v>
       </c>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115"/>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>