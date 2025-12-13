--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -14,152 +14,155 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$78</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Nº9 PRIMADONNA</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>1/31</t>
   </si>
   <si>
     <t>5/7</t>
   </si>
   <si>
     <t>4/30</t>
   </si>
   <si>
     <t>6/8</t>
   </si>
   <si>
     <t>12/10</t>
   </si>
   <si>
     <t>8/20</t>
   </si>
   <si>
     <t>6/5</t>
   </si>
   <si>
     <t>5/11</t>
   </si>
   <si>
+    <t>11/13</t>
+  </si>
+  <si>
     <t>12/1</t>
   </si>
   <si>
     <t>9/29</t>
   </si>
   <si>
     <t>10/2</t>
   </si>
   <si>
     <t>5/16</t>
   </si>
   <si>
     <t>3/29</t>
   </si>
   <si>
     <t>5/27</t>
   </si>
   <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>6/11</t>
   </si>
   <si>
     <t>7/8</t>
   </si>
   <si>
     <t>10/27</t>
   </si>
   <si>
     <t>12/11</t>
   </si>
   <si>
     <t>4/19</t>
   </si>
   <si>
     <t>2/8</t>
   </si>
   <si>
     <t>1/7</t>
   </si>
   <si>
     <t>4/22</t>
   </si>
   <si>
     <t>4/3</t>
   </si>
   <si>
     <t>12/12</t>
   </si>
   <si>
     <t>6/7</t>
   </si>
   <si>
     <t>7/7</t>
   </si>
   <si>
     <t>11/26</t>
   </si>
   <si>
     <t>6/2</t>
   </si>
   <si>
     <t>11/15</t>
   </si>
   <si>
     <t>9/22</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>6/23</t>
   </si>
   <si>
     <t>11/25</t>
   </si>
   <si>
     <t>10/12</t>
   </si>
   <si>
     <t>10/14</t>
   </si>
   <si>
     <t>2/14</t>
   </si>
   <si>
     <t>12/14</t>
   </si>
   <si>
     <t>2/3</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
@@ -649,342 +652,356 @@
       </c>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>3664</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>3665</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>3605</v>
       </c>
-      <c r="B16" s="2"/>
+      <c r="B16" s="2" t="s">
+        <v>11</v>
+      </c>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>3606</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>3607</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>3608</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>3609</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>3666</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>3610</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>3611</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>3659</v>
       </c>
-      <c r="B24" s="2"/>
-      <c r="C24" s="2"/>
+      <c r="B24" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>3660</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>3661</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>3662</v>
       </c>
-      <c r="B27" s="2"/>
-      <c r="C27" s="2"/>
+      <c r="B27" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>3612</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>3613</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>3614</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>3615</v>
       </c>
-      <c r="B31" s="2"/>
+      <c r="B31" s="2" t="s">
+        <v>11</v>
+      </c>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>3616</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>3654</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>3655</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>3656</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>3657</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>3658</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>3617</v>
       </c>
-      <c r="B38" s="2"/>
+      <c r="B38" s="2" t="s">
+        <v>11</v>
+      </c>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>3618</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>3619</v>
       </c>
-      <c r="B40" s="2"/>
+      <c r="B40" s="2" t="s">
+        <v>11</v>
+      </c>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>3620</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>3621</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>3622</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>3623</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>3624</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>3625</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>3626</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>3627</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>3628</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>3629</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>3630</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>3631</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>3632</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
@@ -1019,144 +1036,144 @@
       <c r="A58" s="2">
         <v>3637</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>3638</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>3639</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>3640</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>3641</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>3642</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>3643</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>3644</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>3645</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>3646</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C67" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>