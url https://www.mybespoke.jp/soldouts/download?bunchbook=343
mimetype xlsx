--- v1 (2025-12-13)
+++ v2 (2026-01-31)
@@ -14,107 +14,113 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$78</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Nº9 PRIMADONNA</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>1/31</t>
   </si>
   <si>
+    <t>1/26</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>5/7</t>
   </si>
   <si>
     <t>4/30</t>
   </si>
   <si>
+    <t>12/15</t>
+  </si>
+  <si>
     <t>6/8</t>
   </si>
   <si>
     <t>12/10</t>
   </si>
   <si>
     <t>8/20</t>
   </si>
   <si>
     <t>6/5</t>
   </si>
   <si>
     <t>5/11</t>
   </si>
   <si>
     <t>11/13</t>
   </si>
   <si>
     <t>12/1</t>
   </si>
   <si>
     <t>9/29</t>
   </si>
   <si>
     <t>10/2</t>
   </si>
   <si>
     <t>5/16</t>
   </si>
   <si>
     <t>3/29</t>
   </si>
   <si>
     <t>5/27</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>6/11</t>
   </si>
   <si>
     <t>7/8</t>
   </si>
   <si>
     <t>10/27</t>
   </si>
   <si>
     <t>12/11</t>
   </si>
   <si>
     <t>4/19</t>
   </si>
   <si>
     <t>2/8</t>
   </si>
   <si>
     <t>1/7</t>
   </si>
   <si>
     <t>4/22</t>
   </si>
@@ -559,449 +565,453 @@
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="2">
         <v>3647</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="2">
         <v>3648</v>
       </c>
-      <c r="B5" s="2"/>
-      <c r="C5" s="2"/>
+      <c r="B5" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="2">
         <v>3650</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C6" s="2"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2">
         <v>3651</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C7" s="2"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2">
         <v>3652</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C8" s="2"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2">
         <v>3601</v>
       </c>
-      <c r="B9" s="2"/>
+      <c r="B9" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="C9" s="2"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2">
         <v>3602</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C10" s="2"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2">
         <v>3603</v>
       </c>
-      <c r="B11" s="2"/>
+      <c r="B11" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>3604</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>3663</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>3664</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>3665</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>3605</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>3606</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>3607</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>3608</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>3609</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>3666</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>3610</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>3611</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>3659</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>3660</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>3661</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>3662</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>3612</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>3613</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>3614</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>3615</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>3616</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>3654</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>3655</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>3656</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>3657</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>3658</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>3617</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>3618</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>3619</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>3620</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>3621</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>3622</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>3623</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>3624</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>3625</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>3626</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>3627</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>3628</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>3629</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>3630</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>3631</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>3632</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
@@ -1021,159 +1031,167 @@
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>3635</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>3636</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>3637</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>3638</v>
       </c>
-      <c r="B59" s="2"/>
-      <c r="C59" s="2"/>
+      <c r="B59" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>3639</v>
       </c>
-      <c r="B60" s="2"/>
-      <c r="C60" s="2"/>
+      <c r="B60" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>3640</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>3641</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>3642</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>3643</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>3644</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>3645</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>3646</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C67" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>