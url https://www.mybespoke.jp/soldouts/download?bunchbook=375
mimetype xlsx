--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,95 +14,101 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$79</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Nº1 SUIT FRATELLI TALLIA DI DELFINO</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>11/7</t>
   </si>
   <si>
     <t>10/3</t>
   </si>
   <si>
+    <t>12/1</t>
+  </si>
+  <si>
     <t>10/6</t>
   </si>
   <si>
     <t>10/22</t>
   </si>
   <si>
+    <t>11/16</t>
+  </si>
+  <si>
+    <t>12/19</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>9/10</t>
   </si>
   <si>
     <t>8/21</t>
   </si>
   <si>
     <t>9/19</t>
   </si>
   <si>
     <t>9/1</t>
   </si>
   <si>
     <t>9/29</t>
   </si>
   <si>
-    <t>一時品切れ解除ご発注可能</t>
-[...1 lines deleted...]
-  <si>
     <t>11/14</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>9/26</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
@@ -490,84 +496,86 @@
       </c>
       <c r="C3" s="1"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="2">
         <v>46501</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="2"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="2">
         <v>46502</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="2">
         <v>46503</v>
       </c>
-      <c r="B6" s="2"/>
+      <c r="B6" s="2" t="s">
+        <v>5</v>
+      </c>
       <c r="C6" s="2"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2">
         <v>46504</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2">
         <v>46505</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C8" s="2"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2">
         <v>46506</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C9" s="2"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2">
         <v>46507</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C10" s="2"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2">
         <v>46508</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>46509</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>46510</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
@@ -594,216 +602,230 @@
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>46514</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>46515</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>46516</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>46517</v>
       </c>
-      <c r="B20" s="2"/>
+      <c r="B20" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>46518</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>46519</v>
       </c>
-      <c r="B22" s="2"/>
-      <c r="C22" s="2"/>
+      <c r="B22" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>46520</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>46522</v>
       </c>
-      <c r="B24" s="2"/>
-      <c r="C24" s="2"/>
+      <c r="B24" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>46523</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>46525</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>46526</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>46527</v>
       </c>
-      <c r="B28" s="2"/>
-      <c r="C28" s="2"/>
+      <c r="B28" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>46528</v>
       </c>
-      <c r="B29" s="2"/>
+      <c r="B29" s="2" t="s">
+        <v>5</v>
+      </c>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>46529</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>46530</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>46531</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>46532</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>46533</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>46534</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>46535</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>46576</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>46536</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>46537</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>46540</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>46541</v>
       </c>
-      <c r="B41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>46543</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>46544</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>46545</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
@@ -837,51 +859,51 @@
       <c r="A49" s="2">
         <v>46553</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>46554</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>46555</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>46556</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>46557</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>46558</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>46559</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
@@ -916,129 +938,127 @@
       <c r="A60" s="2">
         <v>46564</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>46565</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>46566</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>46567</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>46569</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>46570</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>46571</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>46574</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>46575</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>