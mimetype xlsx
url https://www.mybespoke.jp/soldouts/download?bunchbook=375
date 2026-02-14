--- v1 (2025-12-30)
+++ v2 (2026-02-14)
@@ -14,98 +14,107 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$79</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>Nº1 SUIT FRATELLI TALLIA DI DELFINO</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>11/7</t>
   </si>
   <si>
     <t>10/3</t>
   </si>
   <si>
     <t>12/1</t>
   </si>
   <si>
     <t>10/6</t>
   </si>
   <si>
     <t>10/22</t>
   </si>
   <si>
+    <t>1/9</t>
+  </si>
+  <si>
+    <t>1/5</t>
+  </si>
+  <si>
     <t>11/16</t>
   </si>
   <si>
     <t>12/19</t>
   </si>
   <si>
+    <t>9/10</t>
+  </si>
+  <si>
+    <t>8/21</t>
+  </si>
+  <si>
+    <t>9/19</t>
+  </si>
+  <si>
+    <t>9/1</t>
+  </si>
+  <si>
+    <t>9/29</t>
+  </si>
+  <si>
+    <t>1/21</t>
+  </si>
+  <si>
     <t>●</t>
-  </si>
-[...13 lines deleted...]
-    <t>9/29</t>
   </si>
   <si>
     <t>11/14</t>
   </si>
   <si>
     <t>9/26</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
@@ -588,252 +597,254 @@
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>46512</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>46513</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>46514</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>46515</v>
       </c>
-      <c r="B18" s="2"/>
+      <c r="B18" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>46516</v>
       </c>
-      <c r="B19" s="2"/>
+      <c r="B19" s="2" t="s">
+        <v>9</v>
+      </c>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>46517</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>46518</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>46519</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>46520</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>46522</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>46523</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>46525</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>46526</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>46527</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>46528</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>46529</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>46530</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>46531</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>46532</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>46533</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>46534</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>46535</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>46576</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>46536</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>46537</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>46540</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>46541</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>46543</v>
       </c>
-      <c r="B42" s="2"/>
-      <c r="C42" s="2"/>
+      <c r="B42" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>46544</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>46545</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>46546</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>46547</v>
@@ -938,127 +949,127 @@
       <c r="A60" s="2">
         <v>46564</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>46565</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>46566</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>46567</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>46569</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>46570</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>46571</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>46574</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>46575</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>