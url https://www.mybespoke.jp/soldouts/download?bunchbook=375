--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -14,107 +14,110 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$79</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Nº1 SUIT FRATELLI TALLIA DI DELFINO</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>11/7</t>
   </si>
   <si>
     <t>10/3</t>
   </si>
   <si>
     <t>12/1</t>
   </si>
   <si>
     <t>10/6</t>
   </si>
   <si>
     <t>10/22</t>
   </si>
   <si>
     <t>1/9</t>
   </si>
   <si>
     <t>1/5</t>
   </si>
   <si>
     <t>11/16</t>
   </si>
   <si>
     <t>12/19</t>
   </si>
   <si>
     <t>9/10</t>
   </si>
   <si>
+    <t>3/3</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>8/21</t>
   </si>
   <si>
     <t>9/19</t>
   </si>
   <si>
     <t>9/1</t>
   </si>
   <si>
     <t>9/29</t>
   </si>
   <si>
     <t>1/21</t>
-  </si>
-[...1 lines deleted...]
-    <t>●</t>
   </si>
   <si>
     <t>11/14</t>
   </si>
   <si>
     <t>9/26</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
@@ -674,177 +677,187 @@
       </c>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>46523</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>46525</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>46526</v>
       </c>
-      <c r="B27" s="2"/>
-      <c r="C27" s="2"/>
+      <c r="B27" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>46527</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>46528</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>46529</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>46530</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>46531</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>46532</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>46533</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>46534</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>46535</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>46576</v>
       </c>
-      <c r="B37" s="2"/>
-      <c r="C37" s="2"/>
+      <c r="B37" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>46536</v>
       </c>
-      <c r="B38" s="2"/>
-      <c r="C38" s="2"/>
+      <c r="B38" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>46537</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>46540</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>46541</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>46543</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>46544</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>46545</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>46546</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>46547</v>
@@ -949,127 +962,127 @@
       <c r="A60" s="2">
         <v>46564</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>46565</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>46566</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>46567</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>46569</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>46570</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>46571</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>46574</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>46575</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>