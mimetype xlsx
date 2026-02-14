--- v0 (2025-11-14)
+++ v1 (2026-02-14)
@@ -14,83 +14,119 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$94</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Nº3 SUIT ITALIAN CONTEMPORARY</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
+    <t>2/12</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
+    <t>1/30</t>
+  </si>
+  <si>
+    <t>12/8</t>
+  </si>
+  <si>
+    <t>2/3</t>
+  </si>
+  <si>
+    <t>1/6</t>
+  </si>
+  <si>
     <t>9/30</t>
   </si>
   <si>
+    <t>2/9</t>
+  </si>
+  <si>
     <t>11/12</t>
   </si>
   <si>
-    <t>●</t>
-[...1 lines deleted...]
-  <si>
     <t>10/28</t>
   </si>
   <si>
     <t>10/29</t>
   </si>
   <si>
+    <t>12/9</t>
+  </si>
+  <si>
+    <t>12/15</t>
+  </si>
+  <si>
     <t>10/20</t>
   </si>
   <si>
     <t>9/10</t>
   </si>
   <si>
+    <t>12/24</t>
+  </si>
+  <si>
     <t>10/24</t>
+  </si>
+  <si>
+    <t>1/13</t>
+  </si>
+  <si>
+    <t>12/19</t>
+  </si>
+  <si>
+    <t>12/22</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -492,135 +528,147 @@
     <row r="6" spans="1:3">
       <c r="A6" s="2">
         <v>56403</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2">
         <v>56404</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2">
         <v>56405</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2">
         <v>56406</v>
       </c>
-      <c r="B9" s="2"/>
-      <c r="C9" s="2"/>
+      <c r="B9" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2">
         <v>56407</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2">
         <v>56408</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>56409</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>56410</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>56411</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>56412</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>56413</v>
       </c>
-      <c r="B16" s="2"/>
-      <c r="C16" s="2"/>
+      <c r="B16" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>56414</v>
       </c>
-      <c r="B17" s="2"/>
+      <c r="B17" s="2" t="s">
+        <v>5</v>
+      </c>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>56415</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>56416</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>56417</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>56418</v>
       </c>
-      <c r="B21" s="2"/>
+      <c r="B21" s="2" t="s">
+        <v>6</v>
+      </c>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>56419</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>56420</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>56421</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
@@ -632,203 +680,211 @@
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>56423</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>56424</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>56425</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>56426</v>
       </c>
-      <c r="B29" s="2"/>
+      <c r="B29" s="2" t="s">
+        <v>7</v>
+      </c>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>56427</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>56428</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>56429</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>56430</v>
       </c>
-      <c r="B33" s="2"/>
+      <c r="B33" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>56431</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>56432</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>56433</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>56434</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>56435</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>56436</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>56437</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>56438</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>56439</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>56440</v>
       </c>
-      <c r="B43" s="2"/>
+      <c r="B43" s="2" t="s">
+        <v>10</v>
+      </c>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>56441</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>56442</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>56443</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>56444</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>56445</v>
       </c>
-      <c r="B48" s="2"/>
+      <c r="B48" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>56446</v>
       </c>
-      <c r="B49" s="2"/>
+      <c r="B49" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>56447</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>56448</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>56449</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
@@ -841,282 +897,302 @@
       <c r="A54" s="2">
         <v>56451</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>56452</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>56453</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>56454</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>56455</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>56456</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>56457</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>56458</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>56459</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>56460</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>56461</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>56463</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>56464</v>
       </c>
-      <c r="B66" s="2"/>
+      <c r="B66" s="2" t="s">
+        <v>18</v>
+      </c>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>56465</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>56466</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>56467</v>
       </c>
-      <c r="B69" s="2"/>
+      <c r="B69" s="2" t="s">
+        <v>20</v>
+      </c>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>56468</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>56469</v>
       </c>
-      <c r="B71" s="2"/>
+      <c r="B71" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>56470</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>56471</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>56472</v>
       </c>
-      <c r="B74" s="2"/>
+      <c r="B74" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>56473</v>
       </c>
-      <c r="B75" s="2"/>
+      <c r="B75" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>56474</v>
       </c>
-      <c r="B76" s="2"/>
+      <c r="B76" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>56475</v>
       </c>
-      <c r="B77" s="2"/>
+      <c r="B77" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>56476</v>
       </c>
-      <c r="B78" s="2"/>
+      <c r="B78" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>56477</v>
       </c>
-      <c r="B79" s="2"/>
+      <c r="B79" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>56478</v>
       </c>
-      <c r="B80" s="2"/>
+      <c r="B80" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2">
         <v>56479</v>
       </c>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2">
         <v>56480</v>
       </c>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>56481</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>