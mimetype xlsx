--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -14,71 +14,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$94</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Nº3 SUIT ITALIAN CONTEMPORARY</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>2/12</t>
   </si>
   <si>
+    <t>1/30</t>
+  </si>
+  <si>
+    <t>12/8</t>
+  </si>
+  <si>
+    <t>2/24</t>
+  </si>
+  <si>
     <t>●</t>
-  </si>
-[...4 lines deleted...]
-    <t>12/8</t>
   </si>
   <si>
     <t>2/3</t>
   </si>
   <si>
     <t>1/6</t>
   </si>
   <si>
     <t>9/30</t>
   </si>
   <si>
     <t>2/9</t>
   </si>
   <si>
     <t>11/12</t>
   </si>
   <si>
     <t>10/28</t>
   </si>
   <si>
     <t>10/29</t>
   </si>
   <si>
     <t>12/9</t>
   </si>
@@ -531,359 +534,359 @@
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2">
         <v>56404</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2">
         <v>56405</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2">
         <v>56406</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C9" s="2"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2">
         <v>56407</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2">
         <v>56408</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>56409</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>56410</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>56411</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>56412</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>56413</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="C16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>56414</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>56415</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>56416</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>56417</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>56418</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>56419</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>56420</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>56421</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>56422</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>56423</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>56424</v>
       </c>
-      <c r="B27" s="2"/>
-      <c r="C27" s="2"/>
+      <c r="B27" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>56425</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>56426</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>56427</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>56428</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>56429</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>56430</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>56431</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>56432</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>56433</v>
       </c>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>56434</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>56435</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>56436</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>56437</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>56438</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>56439</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>56440</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>56441</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>56442</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>56443</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>56444</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>56445</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>56446</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>56447</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>56448</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>56449</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
@@ -897,302 +900,302 @@
       <c r="A54" s="2">
         <v>56451</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>56452</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>56453</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>56454</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>56455</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>56456</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>56457</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>56458</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>56459</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>56460</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>56461</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>56463</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>56464</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>56465</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>56466</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>56467</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>56468</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>56469</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>56470</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>56471</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>56472</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>56473</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>56474</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>56475</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>56476</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>56477</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>56478</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="2">
         <v>56479</v>
       </c>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="2">
         <v>56480</v>
       </c>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="2">
         <v>56481</v>
       </c>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>