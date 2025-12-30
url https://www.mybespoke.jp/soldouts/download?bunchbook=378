--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -14,77 +14,107 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$124</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>Nº4 SUIT SUGGESTION</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
+    <t>12/11</t>
+  </si>
+  <si>
+    <t>11/17</t>
+  </si>
+  <si>
     <t>11/5</t>
   </si>
   <si>
+    <t>11/20</t>
+  </si>
+  <si>
+    <t>11/21</t>
+  </si>
+  <si>
+    <t>12/17</t>
+  </si>
+  <si>
     <t>11/10</t>
   </si>
   <si>
     <t>11/14</t>
   </si>
   <si>
+    <t>12/25</t>
+  </si>
+  <si>
     <t>●</t>
   </si>
   <si>
+    <t>12/5</t>
+  </si>
+  <si>
     <t>11/4</t>
   </si>
   <si>
     <t>10/20</t>
+  </si>
+  <si>
+    <t>12/19</t>
+  </si>
+  <si>
+    <t>12/23</t>
+  </si>
+  <si>
+    <t>11/25</t>
   </si>
   <si>
     <t>11/7</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
@@ -510,281 +540,301 @@
     <row r="9" spans="1:3">
       <c r="A9" s="2">
         <v>16907</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2">
         <v>16908</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2">
         <v>16909</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>16910</v>
       </c>
-      <c r="B12" s="2"/>
+      <c r="B12" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>16911</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>16896</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>16897</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>16898</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>16899</v>
       </c>
-      <c r="B17" s="2"/>
+      <c r="B17" s="2" t="s">
+        <v>4</v>
+      </c>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>16900</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>16901</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>16880</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>16881</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>16882</v>
       </c>
-      <c r="B22" s="2"/>
+      <c r="B22" s="2" t="s">
+        <v>6</v>
+      </c>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>16883</v>
       </c>
-      <c r="B23" s="2"/>
+      <c r="B23" s="2" t="s">
+        <v>7</v>
+      </c>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>16884</v>
       </c>
-      <c r="B24" s="2"/>
+      <c r="B24" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>16885</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>16886</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>16887</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>16888</v>
       </c>
-      <c r="B28" s="2"/>
-      <c r="C28" s="2"/>
+      <c r="B28" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>16889</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>16890</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>16891</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>16892</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>16893</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>16894</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>16895</v>
       </c>
-      <c r="B35" s="2"/>
+      <c r="B35" s="2" t="s">
+        <v>13</v>
+      </c>
       <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>16873</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>16874</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>16875</v>
       </c>
-      <c r="B38" s="2"/>
+      <c r="B38" s="2" t="s">
+        <v>16</v>
+      </c>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>16876</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>16878</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>16868</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>16869</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>16870</v>
       </c>
-      <c r="B43" s="2"/>
-      <c r="C43" s="2"/>
+      <c r="B43" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>16871</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>16872</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>16849</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>16850</v>
@@ -816,52 +866,56 @@
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>16854</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>16855</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>16856</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>16857</v>
       </c>
-      <c r="B54" s="2"/>
-      <c r="C54" s="2"/>
+      <c r="B54" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>16858</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>16912</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>16859</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>16860</v>
@@ -893,51 +947,53 @@
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>16864</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>16865</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>16866</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>16867</v>
       </c>
-      <c r="B65" s="2"/>
+      <c r="B65" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>16842</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>16843</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>16844</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
@@ -956,73 +1012,77 @@
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>16847</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>16848</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>16835</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>16836</v>
       </c>
-      <c r="B74" s="2"/>
+      <c r="B74" s="2" t="s">
+        <v>18</v>
+      </c>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>16837</v>
       </c>
-      <c r="B75" s="2"/>
+      <c r="B75" s="2" t="s">
+        <v>4</v>
+      </c>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>16838</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>16839</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>16840</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>16841</v>
       </c>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>16801</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
@@ -1147,80 +1207,86 @@
     <row r="98" spans="1:3">
       <c r="A98" s="2">
         <v>16819</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2">
         <v>16820</v>
       </c>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2">
         <v>16821</v>
       </c>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2">
         <v>16822</v>
       </c>
-      <c r="B101" s="2"/>
-      <c r="C101" s="2"/>
+      <c r="B101" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>12</v>
+      </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2">
         <v>16823</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2">
         <v>16824</v>
       </c>
-      <c r="B103" s="2"/>
+      <c r="B103" s="2" t="s">
+        <v>18</v>
+      </c>
       <c r="C103" s="2"/>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2">
         <v>16825</v>
       </c>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2">
         <v>16826</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="C105" s="2"/>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2">
         <v>16827</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2">
         <v>16828</v>
       </c>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2">
         <v>16829</v>
       </c>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
     </row>
     <row r="109" spans="1:3">
@@ -1238,84 +1304,84 @@
       <c r="C110" s="2"/>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2">
         <v>16832</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2">
         <v>16833</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2">
         <v>16834</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120"/>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>