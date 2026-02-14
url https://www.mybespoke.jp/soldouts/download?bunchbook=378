--- v1 (2025-12-30)
+++ v2 (2026-02-14)
@@ -14,107 +14,137 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$124</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>Nº4 SUIT SUGGESTION</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
     <t>12/11</t>
   </si>
   <si>
+    <t>1/26</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
+    <t>2/3</t>
+  </si>
+  <si>
     <t>11/17</t>
   </si>
   <si>
     <t>11/5</t>
   </si>
   <si>
     <t>11/20</t>
   </si>
   <si>
     <t>11/21</t>
   </si>
   <si>
     <t>12/17</t>
   </si>
   <si>
     <t>11/10</t>
   </si>
   <si>
     <t>11/14</t>
   </si>
   <si>
     <t>12/25</t>
   </si>
   <si>
-    <t>●</t>
+    <t>1/29</t>
   </si>
   <si>
     <t>12/5</t>
   </si>
   <si>
     <t>11/4</t>
   </si>
   <si>
     <t>10/20</t>
   </si>
   <si>
     <t>12/19</t>
   </si>
   <si>
+    <t>1/28</t>
+  </si>
+  <si>
+    <t>1/23</t>
+  </si>
+  <si>
+    <t>1/30</t>
+  </si>
+  <si>
+    <t>1/14</t>
+  </si>
+  <si>
     <t>12/23</t>
   </si>
   <si>
+    <t>1/19</t>
+  </si>
+  <si>
     <t>11/25</t>
+  </si>
+  <si>
+    <t>1/16</t>
+  </si>
+  <si>
+    <t>1/15</t>
   </si>
   <si>
     <t>11/7</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
@@ -556,533 +586,559 @@
         <v>16909</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>16910</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>16911</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>16896</v>
       </c>
-      <c r="B14" s="2"/>
-      <c r="C14" s="2"/>
+      <c r="B14" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>16897</v>
       </c>
-      <c r="B15" s="2"/>
-      <c r="C15" s="2"/>
+      <c r="B15" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>16898</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>16899</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>16900</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>16901</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>16880</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>16881</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>16882</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>16883</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>16884</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>16885</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>16886</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>16887</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>16888</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>16889</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>16890</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>16891</v>
       </c>
-      <c r="B31" s="2"/>
-      <c r="C31" s="2"/>
+      <c r="B31" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>16892</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>16893</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>16894</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>16895</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="C35" s="2"/>
+        <v>16</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>16873</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>16874</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>16875</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>16876</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>16878</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>16868</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>16869</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>16870</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>16871</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>16872</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>16849</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>16850</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>16851</v>
       </c>
-      <c r="B48" s="2"/>
+      <c r="B48" s="2" t="s">
+        <v>20</v>
+      </c>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>16852</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>16853</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>16854</v>
       </c>
-      <c r="B51" s="2"/>
+      <c r="B51" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>16855</v>
       </c>
-      <c r="B52" s="2"/>
+      <c r="B52" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>16856</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>16857</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>16858</v>
       </c>
-      <c r="B55" s="2"/>
+      <c r="B55" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>16912</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>16859</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>16860</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>16861</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>16862</v>
       </c>
-      <c r="B60" s="2"/>
+      <c r="B60" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>16863</v>
       </c>
-      <c r="B61" s="2"/>
+      <c r="B61" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>16864</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>16865</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>16866</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>16867</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="C65" s="2"/>
+        <v>24</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>16842</v>
       </c>
-      <c r="B66" s="2"/>
+      <c r="B66" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>16843</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>16844</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>16845</v>
       </c>
-      <c r="B69" s="2"/>
+      <c r="B69" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>16846</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>16847</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>16848</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>16835</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>16836</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>16837</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>16838</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>16839</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>16840</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>16841</v>
       </c>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>16801</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
@@ -1193,100 +1249,104 @@
     <row r="96" spans="1:3">
       <c r="A96" s="2">
         <v>16817</v>
       </c>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2">
         <v>16818</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2">
         <v>16819</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2">
         <v>16820</v>
       </c>
-      <c r="B99" s="2"/>
+      <c r="B99" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="C99" s="2"/>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2">
         <v>16821</v>
       </c>
-      <c r="B100" s="2"/>
+      <c r="B100" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="C100" s="2"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2">
         <v>16822</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C101" s="2"/>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2">
         <v>16823</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2">
         <v>16824</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="C103" s="2"/>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2">
         <v>16825</v>
       </c>
-      <c r="B104" s="2"/>
+      <c r="B104" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="C104" s="2"/>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2">
         <v>16826</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="C105" s="2"/>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2">
         <v>16827</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2">
         <v>16828</v>
       </c>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2">
         <v>16829</v>
       </c>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
     </row>
     <row r="109" spans="1:3">
@@ -1304,84 +1364,84 @@
       <c r="C110" s="2"/>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2">
         <v>16832</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2">
         <v>16833</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2">
         <v>16834</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120"/>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>