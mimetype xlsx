--- v2 (2026-02-14)
+++ v3 (2026-03-31)
@@ -14,110 +14,116 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$124</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Nº4 SUIT SUGGESTION</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
+    <t>3/10</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
     <t>12/11</t>
   </si>
   <si>
     <t>1/26</t>
   </si>
   <si>
-    <t>●</t>
-[...1 lines deleted...]
-  <si>
     <t>2/3</t>
   </si>
   <si>
     <t>11/17</t>
   </si>
   <si>
     <t>11/5</t>
   </si>
   <si>
     <t>11/20</t>
   </si>
   <si>
     <t>11/21</t>
   </si>
   <si>
     <t>12/17</t>
   </si>
   <si>
     <t>11/10</t>
   </si>
   <si>
     <t>11/14</t>
   </si>
   <si>
     <t>12/25</t>
   </si>
   <si>
     <t>1/29</t>
   </si>
   <si>
     <t>12/5</t>
   </si>
   <si>
     <t>11/4</t>
   </si>
   <si>
     <t>10/20</t>
   </si>
   <si>
     <t>12/19</t>
+  </si>
+  <si>
+    <t>3/3</t>
   </si>
   <si>
     <t>1/28</t>
   </si>
   <si>
     <t>1/23</t>
   </si>
   <si>
     <t>1/30</t>
   </si>
   <si>
     <t>1/14</t>
   </si>
   <si>
     <t>12/23</t>
   </si>
   <si>
     <t>1/19</t>
   </si>
   <si>
     <t>11/25</t>
   </si>
   <si>
     <t>1/16</t>
   </si>
@@ -549,596 +555,594 @@
     <row r="6" spans="1:3">
       <c r="A6" s="2">
         <v>16904</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2">
         <v>16905</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2">
         <v>16906</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2">
         <v>16907</v>
       </c>
-      <c r="B9" s="2"/>
-      <c r="C9" s="2"/>
+      <c r="B9" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2">
         <v>16908</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2">
         <v>16909</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>16910</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>16911</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>16896</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>16897</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>16898</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>16899</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>16900</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>16901</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>16880</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>16881</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>16882</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C22" s="2"/>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="2">
         <v>16883</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C23" s="2"/>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="2">
         <v>16884</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C24" s="2"/>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="2">
         <v>16885</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>16886</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>16887</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>16888</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>16889</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>16890</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>16891</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>16892</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>16893</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="2">
         <v>16894</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="2">
         <v>16895</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="C35" s="2"/>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="2">
         <v>16873</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C36" s="2"/>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="2">
         <v>16874</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C37" s="2"/>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="2">
         <v>16875</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C38" s="2"/>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="2">
         <v>16876</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="2">
         <v>16878</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="2">
         <v>16868</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="2">
         <v>16869</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>16870</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>16871</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>16872</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>16849</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>16850</v>
       </c>
-      <c r="B47" s="2"/>
+      <c r="B47" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>16851</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>16852</v>
       </c>
-      <c r="B49" s="2"/>
+      <c r="B49" s="2" t="s">
+        <v>21</v>
+      </c>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>16853</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>16854</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>16855</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>16856</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>16857</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>16858</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>16912</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>16859</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>16860</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>16861</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>16862</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C60" s="2"/>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>16863</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>16864</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>16865</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>16866</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>16867</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>16842</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>16843</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
         <v>16844</v>
       </c>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="2">
         <v>16845</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C69" s="2"/>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="2">
         <v>16846</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="2">
         <v>16847</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="2">
         <v>16848</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="2">
         <v>16835</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="2">
         <v>16836</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C74" s="2"/>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="2">
         <v>16837</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C75" s="2"/>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>16838</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>16839</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>16840</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>16841</v>
       </c>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="2">
         <v>16801</v>
       </c>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
     </row>
     <row r="81" spans="1:3">
@@ -1250,103 +1254,103 @@
       <c r="A96" s="2">
         <v>16817</v>
       </c>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="2">
         <v>16818</v>
       </c>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="2">
         <v>16819</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="2">
         <v>16820</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C99" s="2"/>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="2">
         <v>16821</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C100" s="2"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="2">
         <v>16822</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C101" s="2"/>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="2">
         <v>16823</v>
       </c>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="2">
         <v>16824</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C103" s="2"/>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="2">
         <v>16825</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C104" s="2"/>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="2">
         <v>16826</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C105" s="2"/>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="2">
         <v>16827</v>
       </c>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="2">
         <v>16828</v>
       </c>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="2">
         <v>16829</v>
       </c>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
     </row>
     <row r="109" spans="1:3">
@@ -1364,84 +1368,84 @@
       <c r="C110" s="2"/>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="2">
         <v>16832</v>
       </c>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="2">
         <v>16833</v>
       </c>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="2">
         <v>16834</v>
       </c>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120"/>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>