--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -14,59 +14,80 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$90</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Nº1 SUIT FRATELLI TALLIA DI DELFINO</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
+  </si>
+  <si>
+    <t>2/27</t>
+  </si>
+  <si>
+    <t>3/19</t>
+  </si>
+  <si>
+    <t>●</t>
+  </si>
+  <si>
+    <t>2/24</t>
+  </si>
+  <si>
+    <t>3/13</t>
+  </si>
+  <si>
+    <t>3/18</t>
+  </si>
+  <si>
+    <t>2/18</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -433,128 +454,146 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A3" sqref="A3:C79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="2">
         <v>47501</v>
       </c>
-      <c r="B4" s="2"/>
+      <c r="B4" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="C4" s="2"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="2">
         <v>47502</v>
       </c>
-      <c r="B5" s="2"/>
+      <c r="B5" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="C5" s="2"/>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="2">
         <v>47503</v>
       </c>
-      <c r="B6" s="2"/>
-      <c r="C6" s="2"/>
+      <c r="B6" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>5</v>
+      </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="2">
         <v>47504</v>
       </c>
-      <c r="B7" s="2"/>
+      <c r="B7" s="2" t="s">
+        <v>6</v>
+      </c>
       <c r="C7" s="2"/>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="2">
         <v>47505</v>
       </c>
-      <c r="B8" s="2"/>
+      <c r="B8" s="2" t="s">
+        <v>7</v>
+      </c>
       <c r="C8" s="2"/>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="2">
         <v>47506</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="2">
         <v>47507</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="2">
         <v>47508</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="2">
         <v>47509</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="2">
         <v>47510</v>
       </c>
-      <c r="B13" s="2"/>
+      <c r="B13" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="C13" s="2"/>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="2">
         <v>47511</v>
       </c>
-      <c r="B14" s="2"/>
+      <c r="B14" s="2" t="s">
+        <v>7</v>
+      </c>
       <c r="C14" s="2"/>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>47512</v>
       </c>
-      <c r="B15" s="2"/>
+      <c r="B15" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>47513</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>47514</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>47515</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
@@ -727,107 +766,113 @@
     <row r="43" spans="1:3">
       <c r="A43" s="2">
         <v>47542</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="2">
         <v>47543</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="2">
         <v>47544</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="2">
         <v>47545</v>
       </c>
-      <c r="B46" s="2"/>
+      <c r="B46" s="2" t="s">
+        <v>7</v>
+      </c>
       <c r="C46" s="2"/>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="2">
         <v>47546</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="2">
         <v>47547</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="2">
         <v>47548</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="2">
         <v>47549</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="2">
         <v>47550</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="2">
         <v>47551</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="2">
         <v>47552</v>
       </c>
-      <c r="B53" s="2"/>
+      <c r="B53" s="2" t="s">
+        <v>8</v>
+      </c>
       <c r="C53" s="2"/>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="2">
         <v>47553</v>
       </c>
-      <c r="B54" s="2"/>
+      <c r="B54" s="2" t="s">
+        <v>7</v>
+      </c>
       <c r="C54" s="2"/>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="2">
         <v>47554</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="2">
         <v>47555</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>47556</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
@@ -853,51 +898,53 @@
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>47560</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>47562</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>47566</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>47568</v>
       </c>
-      <c r="B64" s="2"/>
+      <c r="B64" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="C64" s="2"/>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="2">
         <v>47569</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="2">
         <v>47570</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="2">
         <v>47571</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="2">
@@ -958,89 +1005,91 @@
     <row r="76" spans="1:3">
       <c r="A76" s="2">
         <v>47580</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="2">
         <v>47581</v>
       </c>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="2">
         <v>47582</v>
       </c>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="2">
         <v>47583</v>
       </c>
-      <c r="B79" s="2"/>
+      <c r="B79" s="2" t="s">
+        <v>9</v>
+      </c>
       <c r="C79" s="2"/>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86"/>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>