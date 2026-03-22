--- v0 (2026-02-03)
+++ v1 (2026-03-22)
@@ -25,52 +25,51 @@
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$81</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Nº3 SUIT ITALIAN CONTEMPORARY</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
   </si>
   <si>
-    <t>1/30 一時品切れ
-販売開始待ち3月初旬再UP予定</t>
+    <t>2/10</t>
   </si>
   <si>
     <t>●</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
@@ -538,52 +537,56 @@
     <row r="15" spans="1:3">
       <c r="A15" s="2">
         <v>57512</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="2">
         <v>57518</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="2">
         <v>57572</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="2">
         <v>57573</v>
       </c>
-      <c r="B18" s="2"/>
-      <c r="C18" s="2"/>
+      <c r="B18" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="2">
         <v>57574</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="2">
         <v>57575</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="2">
         <v>57576</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="2">
         <v>57521</v>
@@ -615,56 +618,52 @@
     <row r="26" spans="1:3">
       <c r="A26" s="2">
         <v>57525</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="2">
         <v>57526</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="2">
         <v>57527</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="2">
         <v>57528</v>
       </c>
-      <c r="B29" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B29" s="2"/>
+      <c r="C29" s="2"/>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="2">
         <v>57529</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="2">
         <v>57530</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="2">
         <v>57531</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="2">
         <v>57532</v>