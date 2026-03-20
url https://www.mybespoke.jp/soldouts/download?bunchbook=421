--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -14,59 +14,65 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$I$104</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Nº4 SUIT SUGGESTION</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>日付</t>
+  </si>
+  <si>
+    <t>2/17</t>
+  </si>
+  <si>
+    <t>●</t>
   </si>
   <si>
     <t>※最新の品切れNoには●印をつけます。</t>
   </si>
   <si>
     <t>※品切れの商品に関しまして、売り違いが発生することもございますので、</t>
   </si>
   <si>
     <t>事前にお電話にて在庫を確認いただきます様お願いいたします。</t>
   </si>
   <si>
     <t>※品切れに関するお問い合わせ先</t>
   </si>
   <si>
     <t>TEL：0586-77-6730</t>
   </si>
   <si>
     <t>MAIL：logistock@mtk-jp.com</t>
   </si>
   <si>
     <t>商品物流部　品切れ担当</t>
   </si>
 </sst>
 </file>
 
@@ -825,52 +831,56 @@
     <row r="57" spans="1:3">
       <c r="A57" s="2">
         <v>17454</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="2">
         <v>17455</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="2">
         <v>17456</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="2">
         <v>17457</v>
       </c>
-      <c r="B60" s="2"/>
-      <c r="C60" s="2"/>
+      <c r="B60" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="2">
         <v>17458</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="2">
         <v>17459</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="2">
         <v>17460</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="2">
         <v>17461</v>
@@ -1061,84 +1071,84 @@
       <c r="C90" s="2"/>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="2">
         <v>17499</v>
       </c>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="2">
         <v>17500</v>
       </c>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="2">
         <v>17501</v>
       </c>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100"/>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>